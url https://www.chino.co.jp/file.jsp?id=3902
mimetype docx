--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -108,183 +108,183 @@
       </w:r>
       <w:r w:rsidR="00467A37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00548D"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E4D0F0" w14:textId="1832E0AA" w:rsidR="00DE5853" w:rsidRPr="0083010A" w:rsidRDefault="00F62B06" w:rsidP="00EA5906">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA7B2F">
+      <w:r w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>“カテゴリーⅠ”</w:t>
       </w:r>
-      <w:r w:rsidR="005B0D32" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="005B0D32" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>【</w:t>
       </w:r>
-      <w:r w:rsidR="00F37890" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="00F37890" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
-      <w:r w:rsidR="00B9075C" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="00B9075C" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00F37890" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="00F37890" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>回</w:t>
       </w:r>
-      <w:r w:rsidR="005B0D32" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="005B0D32" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>赤外線診断技術者訓練コース</w:t>
       </w:r>
-      <w:r w:rsidR="005B0D32" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="005B0D32" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>受講</w:t>
       </w:r>
-      <w:r w:rsidR="00C454D6" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="00C454D6" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>申込</w:t>
       </w:r>
-      <w:r w:rsidR="005B0D32" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="005B0D32" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
           <w:w w:val="95"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
-      <w:r w:rsidR="005B0D32" w:rsidRPr="00DA7B2F">
+      <w:r w:rsidR="005B0D32" w:rsidRPr="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-3"/>
           <w:w w:val="95"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:fitText w:val="9470" w:id="1446659328"/>
         </w:rPr>
         <w:t>】</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65302E60" w14:textId="13938C49" w:rsidR="00C9585F" w:rsidRPr="00816C5B" w:rsidRDefault="00DD41BC" w:rsidP="00D57897">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="482"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816C5B">
@@ -317,51 +317,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>資格取得のための教育訓練</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046FF2A5" w14:textId="4E0F7D73" w:rsidR="00DE5853" w:rsidRPr="00816C5B" w:rsidRDefault="00DE5853" w:rsidP="004E3BF3">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="686E69CA" w14:textId="031BC8D5" w:rsidR="0079229E" w:rsidRDefault="00FA721B" w:rsidP="0079229E">
+    <w:p w14:paraId="686E69CA" w14:textId="3D4A3E21" w:rsidR="0079229E" w:rsidRDefault="00FA721B" w:rsidP="0079229E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="100" w:left="430" w:hangingChars="100" w:hanging="220"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -382,207 +382,168 @@
       </w:r>
       <w:r w:rsidR="00E05E68" w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>記入の上</w:t>
       </w:r>
       <w:r w:rsidR="00343945" w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>、メールまた</w:t>
-[...38 lines deleted...]
-        <w:t>ＡＸ</w:t>
+        <w:t>、メール</w:t>
       </w:r>
       <w:r w:rsidR="00727AA1" w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>にて</w:t>
       </w:r>
       <w:r w:rsidR="00D95256" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>２０２</w:t>
       </w:r>
-      <w:r w:rsidR="00431525">
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>５</w:t>
+        <w:t>６</w:t>
       </w:r>
       <w:r w:rsidR="00BE7CBC" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>７</w:t>
+        <w:t>１</w:t>
       </w:r>
       <w:r w:rsidR="00816C5B" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00431525">
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>２４</w:t>
+        <w:t>２１</w:t>
       </w:r>
       <w:r w:rsidR="00BE7CBC" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>日(</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>木</w:t>
+        <w:t>水</w:t>
       </w:r>
       <w:r w:rsidR="0079229E" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0079229E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -732,51 +693,51 @@
                               </w:rPr>
                               <w:t>申込先</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">　</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004E3BF3">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>株式会社チノー　久喜事業所　開発部　宛</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5990156A" w14:textId="77777777" w:rsidR="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
+                          <w:p w14:paraId="5990156A" w14:textId="3EF3F344" w:rsidR="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
                             <w:pPr>
                               <w:widowControl/>
                               <w:spacing w:line="240" w:lineRule="exact"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00816C5B">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>TEL 　 ：</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
@@ -797,104 +758,50 @@
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>23</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00816C5B">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>2511</w:t>
-                            </w:r>
-[...52 lines deleted...]
-                              <w:t>2514</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="145DA7EF" w14:textId="06ED52D9" w:rsidR="004E3BF3" w:rsidRPr="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
                             <w:pPr>
                               <w:widowControl/>
                               <w:spacing w:line="240" w:lineRule="exact"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:kern w:val="0"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00816C5B">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>E-mail</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="0"/>
@@ -972,51 +879,51 @@
                         </w:rPr>
                         <w:t>申込先</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">　</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004E3BF3">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>株式会社チノー　久喜事業所　開発部　宛</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5990156A" w14:textId="77777777" w:rsidR="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
+                    <w:p w14:paraId="5990156A" w14:textId="3EF3F344" w:rsidR="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
                       <w:pPr>
                         <w:widowControl/>
                         <w:spacing w:line="240" w:lineRule="exact"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00816C5B">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>TEL 　 ：</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
@@ -1038,112 +945,57 @@
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>23</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00816C5B">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>2511</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00816C5B">
-[...52 lines deleted...]
-                      </w:r>
                     </w:p>
                     <w:p w14:paraId="145DA7EF" w14:textId="06ED52D9" w:rsidR="004E3BF3" w:rsidRPr="00146E0E" w:rsidRDefault="00146E0E" w:rsidP="00146E0E">
                       <w:pPr>
                         <w:widowControl/>
                         <w:spacing w:line="240" w:lineRule="exact"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia"/>
                           <w:kern w:val="0"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00816C5B">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>E-mail</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="0"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00816C5B">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1406,51 +1258,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="00A0251C" w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：機械状態監視診断技術者（サーモグラフィ</w:t>
             </w:r>
             <w:r w:rsidR="00A0251C" w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0143BC31" w14:textId="21AD2946" w:rsidR="00467A37" w:rsidRPr="00816C5B" w:rsidRDefault="00467A37" w:rsidP="00BA532B">
+          <w:p w14:paraId="0143BC31" w14:textId="3373B253" w:rsidR="00467A37" w:rsidRPr="00816C5B" w:rsidRDefault="00467A37" w:rsidP="00BA532B">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>開催日</w:t>
             </w:r>
             <w:r w:rsidR="00734993" w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -1479,169 +1331,169 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00BF25B4" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00DA7B2F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DA7B2F">
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>年</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DA7B2F">
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0060120F">
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00234977" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>日（月）</w:t>
+            </w:r>
+            <w:r w:rsidR="0079229E" w:rsidRPr="0060120F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00234977" w:rsidRPr="0060120F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>～</w:t>
+            </w:r>
+            <w:r w:rsidR="00443BF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0079229E" w:rsidRPr="0060120F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>月</w:t>
             </w:r>
-            <w:r w:rsidR="00DA7B2F">
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25</w:t>
-[...69 lines deleted...]
-              <w:t>29</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
             <w:r w:rsidR="00234977" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>（金）</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E975DF3" w14:textId="44E5CCAD" w:rsidR="00467A37" w:rsidRPr="00816C5B" w:rsidRDefault="00467A37" w:rsidP="00BF25B4">
             <w:pPr>
               <w:widowControl/>
@@ -2457,51 +2309,51 @@
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>に</w:t>
             </w:r>
             <w:r w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>経験の有無は問いません</w:t>
             </w:r>
             <w:r w:rsidRPr="00816C5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34848D87" w14:textId="07B355C5" w:rsidR="00F66AC9" w:rsidRPr="0060120F" w:rsidRDefault="00F66AC9" w:rsidP="00EA5906">
+          <w:p w14:paraId="34848D87" w14:textId="77A0E49D" w:rsidR="00F66AC9" w:rsidRPr="0060120F" w:rsidRDefault="00F66AC9" w:rsidP="00EA5906">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="180" w:hangingChars="100" w:hanging="180"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9367C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>＊</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9367C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>22</w:t>
@@ -2516,93 +2368,105 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>新規</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>受験申請時に経験・色覚の証明書提出が要求されます。</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>受験申請期限（</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00431525">
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
-            <w:r w:rsidR="00DA7B2F">
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
-            <w:r w:rsidR="00443BF4">
-              <w:rPr>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00431525">
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>日（</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>水</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>日（金））までに規定の要求事項</w:t>
+              <w:t>））までに規定の要求事項</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>（カテゴリーⅠは</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>か月以上</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2646,114 +2510,114 @@
               <w:t>、色覚検査の実施）</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>を満たしていない場合、今期の受験はできません</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>。要求事項を満足してから、次回以降に受験申請をしてください。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B140C50" w14:textId="77777777" w:rsidR="00EA5906" w:rsidRPr="0060120F" w:rsidRDefault="00EA5906" w:rsidP="00EA5906">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="180" w:hangingChars="100" w:hanging="180"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C3648B6" w14:textId="0CEBC38D" w:rsidR="00F66AC9" w:rsidRPr="0060120F" w:rsidRDefault="00F66AC9" w:rsidP="00F66AC9">
+          <w:p w14:paraId="5C3648B6" w14:textId="5AEE59A3" w:rsidR="00F66AC9" w:rsidRPr="0060120F" w:rsidRDefault="00F66AC9" w:rsidP="00F66AC9">
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>・</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00431525">
-[...2 lines deleted...]
-            <w:r w:rsidR="00DA7B2F">
+            <w:r w:rsidR="008F2583">
+              <w:t>026</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>年夏</w:t>
+              <w:t>年冬</w:t>
             </w:r>
             <w:r w:rsidR="00443BF4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>期</w:t>
             </w:r>
             <w:r w:rsidR="00E81E55" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>の試験を受験希望</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CFE8F6D" w14:textId="3444EC99" w:rsidR="00D8043D" w:rsidRPr="00D8043D" w:rsidRDefault="00F66AC9" w:rsidP="00F66AC9">
+          <w:p w14:paraId="3CFE8F6D" w14:textId="302CBA4D" w:rsidR="00D8043D" w:rsidRPr="00D8043D" w:rsidRDefault="00F66AC9" w:rsidP="00F66AC9">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>・</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="002E75C0" w:rsidRPr="0060120F">
               <w:t>02</w:t>
             </w:r>
             <w:r w:rsidR="00DA7B2F">
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00DA7B2F">
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>年冬</w:t>
+              <w:t>年夏</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>期以降に受験希望</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C618D" w:rsidRPr="002F562E" w14:paraId="63D225F4" w14:textId="77777777" w:rsidTr="004C618D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C918C2" w14:textId="1B8FA45C" w:rsidR="004C618D" w:rsidRPr="00816C5B" w:rsidRDefault="004C618D" w:rsidP="00BA532B">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
@@ -4176,148 +4040,148 @@
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>期間</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8074" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="047EAA27" w14:textId="6ABECC5C" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="005C249D" w:rsidP="0079229E">
+          <w:p w14:paraId="047EAA27" w14:textId="34F23C4D" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="005C249D" w:rsidP="0079229E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>年</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DA7B2F">
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>月</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DA7B2F">
+              <w:t>日（月） ～</w:t>
+            </w:r>
+            <w:r w:rsidR="00443BF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>日（月） ～</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidR="00DA7B2F">
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2583">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...15 lines deleted...]
-              <w:t>29</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日（金）5日間</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69E05AD2" w14:textId="0A523C57" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="0079229E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
@@ -4587,79 +4451,79 @@
       </w:tr>
       <w:tr w:rsidR="00732CF7" w:rsidRPr="0060120F" w14:paraId="7F03678A" w14:textId="1CE3D946" w:rsidTr="00732CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="338A76DC" w14:textId="795AB220" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="0079229E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61FE9768" w14:textId="28799184" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00DA7B2F" w:rsidP="00732CF7">
+          <w:p w14:paraId="61FE9768" w14:textId="299DF4EB" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="008F2583" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B6F6D45" w14:textId="77777777" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
@@ -4733,131 +4597,117 @@
       </w:tr>
       <w:tr w:rsidR="00732CF7" w:rsidRPr="0060120F" w14:paraId="51A7D6F9" w14:textId="305DAC63" w:rsidTr="00732CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="40A81584" w14:textId="77777777" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="0079229E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9918F3" w14:textId="77777777" w:rsidR="00DA7B2F" w:rsidRDefault="00DA7B2F" w:rsidP="00732CF7">
+          <w:p w14:paraId="6B9918F3" w14:textId="75C0850A" w:rsidR="00DA7B2F" w:rsidRDefault="008F2583" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日 ～</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B4E3083" w14:textId="6B5F0D6C" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00DA7B2F" w:rsidP="00732CF7">
+          <w:p w14:paraId="0B4E3083" w14:textId="311346CD" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="008F2583" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0052598C">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-              <w:t>28</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14AB18A0" w14:textId="1C2BBD27" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
@@ -4893,79 +4743,79 @@
       </w:tr>
       <w:tr w:rsidR="00732CF7" w:rsidRPr="0060120F" w14:paraId="4DAB3D65" w14:textId="02DC709F" w:rsidTr="00732CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2EEEEFF1" w14:textId="77777777" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="0079229E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F77B018" w14:textId="79BD2363" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00DA7B2F" w:rsidP="00732CF7">
+          <w:p w14:paraId="1F77B018" w14:textId="4E5726B9" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="008F2583" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00732CF7" w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55044F18" w14:textId="77777777" w:rsidR="00732CF7" w:rsidRPr="0060120F" w:rsidRDefault="00732CF7" w:rsidP="00732CF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060120F">
@@ -5044,151 +4894,151 @@
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>～17：</w:t>
             </w:r>
             <w:r w:rsidRPr="0060120F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F89A1B9" w14:textId="78DEF58C" w:rsidR="00732CF7" w:rsidRDefault="00732CF7" w:rsidP="00732CF7">
+    <w:p w14:paraId="2F89A1B9" w14:textId="7DF6B7FB" w:rsidR="00732CF7" w:rsidRDefault="00732CF7" w:rsidP="00732CF7">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="620" w:right="150" w:hangingChars="100" w:hanging="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>＊訓練修了試験に合格後、</w:t>
       </w:r>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00431525">
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="008F2583">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060120F">
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>月</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="00DA7B2F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2583">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>日（土）</w:t>
       </w:r>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>にカ</w:t>
       </w:r>
       <w:r w:rsidRPr="0083010A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -5733,117 +5583,117 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>に</w:t>
       </w:r>
       <w:r w:rsidR="00526C9E" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>送付</w:t>
       </w:r>
       <w:r w:rsidR="00003872" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>される方へのご注意</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9A6C91" w14:textId="641C11B1" w:rsidR="001912FC" w:rsidRPr="0026699A" w:rsidRDefault="00343945" w:rsidP="0026699A">
+    <w:p w14:paraId="6E9A6C91" w14:textId="43291E41" w:rsidR="001912FC" w:rsidRPr="0026699A" w:rsidRDefault="00343945" w:rsidP="0026699A">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>下記</w:t>
       </w:r>
       <w:r w:rsidR="00003872" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>問い合わせ先まで</w:t>
       </w:r>
       <w:r w:rsidR="00F4110D" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>宅配便にて</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
+      <w:r w:rsidR="003D3DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00003872" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="003D3DB9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00003872" w:rsidRPr="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>日（</w:t>
       </w:r>
       <w:r w:rsidR="0060120F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>水</w:t>
       </w:r>
       <w:r w:rsidR="00003872" w:rsidRPr="000F1764">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
@@ -6723,116 +6573,172 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>株式会社チノー　久喜事業所　開発部</w:t>
       </w:r>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="726460D2" w14:textId="18028F1A" w:rsidR="00AE11E4" w:rsidRDefault="00AE11E4" w:rsidP="00AE11E4">
+    <w:p w14:paraId="726460D2" w14:textId="7DAEDC28" w:rsidR="00AE11E4" w:rsidRDefault="00AE11E4" w:rsidP="00AE11E4">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="420" w:firstLineChars="700" w:firstLine="1470"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>担当：恩田</w:t>
+        <w:t>担当：</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2583">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>佐賀</w:t>
       </w:r>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="008F2583">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>さが</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>おんだ)</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00153E1C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>・</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>寺内</w:t>
       </w:r>
       <w:r w:rsidR="00555E6E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>、石井（いしい）</w:t>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>てらうち</w:t>
+      </w:r>
+      <w:r w:rsidR="00555E6E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE34F6E" w14:textId="77777777" w:rsidR="00AE11E4" w:rsidRPr="00192DB6" w:rsidRDefault="00AE11E4" w:rsidP="00AE11E4">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="420" w:firstLineChars="700" w:firstLine="1470"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="794D3397" w14:textId="77777777" w:rsidR="00146E0E" w:rsidRDefault="00AE11E4" w:rsidP="00D8043D">
+    <w:p w14:paraId="794D3397" w14:textId="7F8472E0" w:rsidR="00146E0E" w:rsidRDefault="00AE11E4" w:rsidP="00D8043D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="600" w:left="1260"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>TEL 　 ：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -6854,104 +6760,50 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2511</w:t>
-      </w:r>
-[...52 lines deleted...]
-        <w:t>2514</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0469C0C7" w14:textId="5F487213" w:rsidR="00AE11E4" w:rsidRDefault="00AE11E4" w:rsidP="00D8043D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="600" w:left="1260"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816C5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -6971,127 +6823,127 @@
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="001773EF" w:rsidRPr="00AF3A98">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:kern w:val="0"/>
           </w:rPr>
           <w:t>iso18436-7@chino.co.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="05E67953" w14:textId="77777777" w:rsidR="001773EF" w:rsidRDefault="001773EF" w:rsidP="00D8043D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="600" w:left="1260"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ACECD19" w14:textId="15A5DCC5" w:rsidR="000F306E" w:rsidRPr="00816C5B" w:rsidRDefault="00AE11E4" w:rsidP="00AE11E4">
+    <w:p w14:paraId="1ACECD19" w14:textId="3F3C8E6D" w:rsidR="000F306E" w:rsidRPr="00816C5B" w:rsidRDefault="00AE11E4" w:rsidP="00AE11E4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Courier New"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidR="00784805" w:rsidRPr="00A372CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00DA7B2F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A372CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="00153E1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00E81E55" w:rsidRPr="00A372CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7B2F">
+      <w:r w:rsidR="00153E1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>26</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="000152C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="メイリオ" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000F306E" w:rsidRPr="00816C5B" w:rsidSect="00D8043D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="707" w:bottom="284" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
@@ -8776,51 +8628,51 @@
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153">
+    <o:shapedefaults v:ext="edit" spidmax="51201">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -8832,50 +8684,51 @@
     <w:rsid w:val="000203E0"/>
     <w:rsid w:val="000570C0"/>
     <w:rsid w:val="00076EF0"/>
     <w:rsid w:val="0009088E"/>
     <w:rsid w:val="000A1408"/>
     <w:rsid w:val="000B4365"/>
     <w:rsid w:val="000C1270"/>
     <w:rsid w:val="000C2795"/>
     <w:rsid w:val="000C3768"/>
     <w:rsid w:val="000D0BAD"/>
     <w:rsid w:val="000F1764"/>
     <w:rsid w:val="000F29DC"/>
     <w:rsid w:val="000F2C45"/>
     <w:rsid w:val="000F306E"/>
     <w:rsid w:val="000F4D54"/>
     <w:rsid w:val="000F73D7"/>
     <w:rsid w:val="001206C0"/>
     <w:rsid w:val="00123E78"/>
     <w:rsid w:val="0012711F"/>
     <w:rsid w:val="0013068D"/>
     <w:rsid w:val="00135287"/>
     <w:rsid w:val="00142A69"/>
     <w:rsid w:val="001432E9"/>
     <w:rsid w:val="00146E0E"/>
     <w:rsid w:val="00151ADF"/>
+    <w:rsid w:val="00153E1C"/>
     <w:rsid w:val="00162538"/>
     <w:rsid w:val="001709B4"/>
     <w:rsid w:val="00170F76"/>
     <w:rsid w:val="0017366B"/>
     <w:rsid w:val="0017596D"/>
     <w:rsid w:val="001773EF"/>
     <w:rsid w:val="00185078"/>
     <w:rsid w:val="001852E6"/>
     <w:rsid w:val="00190720"/>
     <w:rsid w:val="001912FC"/>
     <w:rsid w:val="00191610"/>
     <w:rsid w:val="00192DB6"/>
     <w:rsid w:val="001976D9"/>
     <w:rsid w:val="001A0DF9"/>
     <w:rsid w:val="001A27E8"/>
     <w:rsid w:val="001B029A"/>
     <w:rsid w:val="001B30B0"/>
     <w:rsid w:val="001C2F7C"/>
     <w:rsid w:val="001C4388"/>
     <w:rsid w:val="001D39BA"/>
     <w:rsid w:val="001D7885"/>
     <w:rsid w:val="001F207B"/>
     <w:rsid w:val="001F3685"/>
     <w:rsid w:val="00203870"/>
     <w:rsid w:val="00234977"/>
@@ -8894,50 +8747,51 @@
     <w:rsid w:val="002C18BF"/>
     <w:rsid w:val="002C2A64"/>
     <w:rsid w:val="002C2E7E"/>
     <w:rsid w:val="002C642B"/>
     <w:rsid w:val="002C65C9"/>
     <w:rsid w:val="002D5B70"/>
     <w:rsid w:val="002E11EF"/>
     <w:rsid w:val="002E75C0"/>
     <w:rsid w:val="002F562E"/>
     <w:rsid w:val="003159B5"/>
     <w:rsid w:val="00317375"/>
     <w:rsid w:val="0034377D"/>
     <w:rsid w:val="00343945"/>
     <w:rsid w:val="00345980"/>
     <w:rsid w:val="00347AC7"/>
     <w:rsid w:val="0035292A"/>
     <w:rsid w:val="00360975"/>
     <w:rsid w:val="00376E78"/>
     <w:rsid w:val="00385E0B"/>
     <w:rsid w:val="00393518"/>
     <w:rsid w:val="00397370"/>
     <w:rsid w:val="003B6494"/>
     <w:rsid w:val="003C37B8"/>
     <w:rsid w:val="003C39D2"/>
     <w:rsid w:val="003D2F21"/>
+    <w:rsid w:val="003D3DB9"/>
     <w:rsid w:val="003D5E6C"/>
     <w:rsid w:val="003D7360"/>
     <w:rsid w:val="003E3A02"/>
     <w:rsid w:val="003F700C"/>
     <w:rsid w:val="00406EBF"/>
     <w:rsid w:val="00423842"/>
     <w:rsid w:val="0042527D"/>
     <w:rsid w:val="00431525"/>
     <w:rsid w:val="00443BF4"/>
     <w:rsid w:val="0044576A"/>
     <w:rsid w:val="004575B7"/>
     <w:rsid w:val="00462843"/>
     <w:rsid w:val="00467A37"/>
     <w:rsid w:val="004757ED"/>
     <w:rsid w:val="004A6666"/>
     <w:rsid w:val="004B0136"/>
     <w:rsid w:val="004B352D"/>
     <w:rsid w:val="004C1DF8"/>
     <w:rsid w:val="004C618D"/>
     <w:rsid w:val="004D0C12"/>
     <w:rsid w:val="004D23EB"/>
     <w:rsid w:val="004D6660"/>
     <w:rsid w:val="004D77BC"/>
     <w:rsid w:val="004E3BF3"/>
     <w:rsid w:val="004E5480"/>
@@ -9002,50 +8856,51 @@
     <w:rsid w:val="007F398B"/>
     <w:rsid w:val="00803858"/>
     <w:rsid w:val="00805A0E"/>
     <w:rsid w:val="0080711C"/>
     <w:rsid w:val="0080728C"/>
     <w:rsid w:val="00816C5B"/>
     <w:rsid w:val="0082207C"/>
     <w:rsid w:val="0083010A"/>
     <w:rsid w:val="00840268"/>
     <w:rsid w:val="00861956"/>
     <w:rsid w:val="00867B7E"/>
     <w:rsid w:val="008729CA"/>
     <w:rsid w:val="00876590"/>
     <w:rsid w:val="00877588"/>
     <w:rsid w:val="0087784C"/>
     <w:rsid w:val="00884BD5"/>
     <w:rsid w:val="008879C9"/>
     <w:rsid w:val="00887C8C"/>
     <w:rsid w:val="00890FF7"/>
     <w:rsid w:val="008A2D1D"/>
     <w:rsid w:val="008B15DC"/>
     <w:rsid w:val="008D040B"/>
     <w:rsid w:val="008D120C"/>
     <w:rsid w:val="008E7F6E"/>
     <w:rsid w:val="008F11E0"/>
+    <w:rsid w:val="008F2583"/>
     <w:rsid w:val="00900417"/>
     <w:rsid w:val="00906742"/>
     <w:rsid w:val="0091094C"/>
     <w:rsid w:val="009248F9"/>
     <w:rsid w:val="00932257"/>
     <w:rsid w:val="00960207"/>
     <w:rsid w:val="00961420"/>
     <w:rsid w:val="009644F4"/>
     <w:rsid w:val="00976084"/>
     <w:rsid w:val="00987305"/>
     <w:rsid w:val="00990A0E"/>
     <w:rsid w:val="0099268E"/>
     <w:rsid w:val="00993F8D"/>
     <w:rsid w:val="009B1853"/>
     <w:rsid w:val="009C05AE"/>
     <w:rsid w:val="009C6237"/>
     <w:rsid w:val="009D322B"/>
     <w:rsid w:val="009E1978"/>
     <w:rsid w:val="009E3BDC"/>
     <w:rsid w:val="009E7285"/>
     <w:rsid w:val="009F0CF9"/>
     <w:rsid w:val="009F2318"/>
     <w:rsid w:val="00A0251C"/>
     <w:rsid w:val="00A027BB"/>
     <w:rsid w:val="00A16F84"/>
@@ -9184,51 +9039,51 @@
     <w:rsid w:val="00F9699F"/>
     <w:rsid w:val="00FA721B"/>
     <w:rsid w:val="00FE0684"/>
     <w:rsid w:val="00FE2D56"/>
     <w:rsid w:val="00FE36C3"/>
     <w:rsid w:val="00FE4068"/>
     <w:rsid w:val="00FF121F"/>
     <w:rsid w:val="00FF441C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153">
+    <o:shapedefaults v:ext="edit" spidmax="51201">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="43340CC7"/>
   <w15:docId w15:val="{B91A40E0-D5D2-4F1A-83F2-B1CA3C23C299}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -10501,79 +10356,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{262C6477-73CE-4E65-A43E-A190E23EE4AB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E63246FB-918B-49E6-82BC-1D617C53E170}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>367</Words>
-  <Characters>2092</Characters>
+  <Words>362</Words>
+  <Characters>2069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2455</CharactersWithSpaces>
+  <CharactersWithSpaces>2427</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>恩田　佳則</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>